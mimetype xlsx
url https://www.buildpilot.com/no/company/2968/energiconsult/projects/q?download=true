--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -81,51 +81,51 @@
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ensjoveien-8-og-ensjokroken-boligprosjekt-594669884</t>
   </si>
   <si>
     <t>Ensjøveien 8 og Ensjøkroken Boligprosjekt</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
-    <t>Flermannsboliger</t>
+    <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/grandkvartalet-utviklingsprosjekt-372153110</t>
   </si>
   <si>
     <t>Grandkvartalet Utviklingsprosjekt i Larvik</t>
   </si>
   <si>
     <t>Larvik</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
@@ -565,63 +565,63 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K5">
         <v>2026</v>
       </c>
       <c r="L5">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="O5" t="s">
         <v>27</v>
       </c>
       <c r="P5">
-        <v>4002</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">