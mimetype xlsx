--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -81,66 +81,66 @@
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-modernisering-av-narvikfjellet-og-fagernesfjellet-253783729</t>
   </si>
   <si>
     <t>Utbygging og modernisering av Narvikfjellet og Fagernesfjellet</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Narvik</t>
   </si>
   <si>
-    <t>Idrettsanlegg</t>
+    <t>Veier</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
-    <t>36 700 NOK/kvm</t>
+    <t>10 600 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/narvikfjellet-hotell-og-leiligheter-333080113</t>
   </si>
   <si>
     <t>Narvikfjellet Hotell og Leiligheter</t>
   </si>
   <si>
     <t>Hotell</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>35 600 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -559,72 +559,66 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2025</v>
       </c>
       <c r="K5">
-        <v>2027</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2029</v>
       </c>
       <c r="M5">
         <v>720000000</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>27</v>
       </c>
       <c r="P5">
-        <v>19600</v>
+        <v>68000</v>
       </c>
       <c r="Q5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">