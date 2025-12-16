--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -688,51 +688,51 @@
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>30</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I8">
         <v>2011</v>
       </c>
       <c r="K8">
         <v>2013</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>