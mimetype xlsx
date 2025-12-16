--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="32">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 13 projects you must log in.</t>
+    <t>To see the remaining 15 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -553,92 +553,92 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="J5">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">