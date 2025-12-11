--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -579,78 +579,84 @@
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
         <v>5</v>
       </c>
+      <c r="P5">
+        <v>106</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6">
         <v>10</v>
+      </c>
+      <c r="P6">
+        <v>185</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">