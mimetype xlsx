--- v0 (2025-10-20)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/vestland-bussanlegg-150935460</t>
   </si>
   <si>
     <t>Vestland Bussanlegg</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Nordfjordeid</t>
   </si>
   <si>
     <t>Bussterminaler</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Prosjektering</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/statens-hus-nordfjordeid-174446290</t>
   </si>
   <si>
     <t>Statens Hus Nordfjordeid</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>8 500 NOK/kvm</t>
   </si>
@@ -591,81 +591,93 @@
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
+      <c r="I5">
+        <v>2026</v>
+      </c>
+      <c r="J5">
+        <v>1</v>
+      </c>
       <c r="P5">
-        <v>1492</v>
+        <v>341</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
+      <c r="I6">
+        <v>2026</v>
+      </c>
+      <c r="J6">
+        <v>1</v>
+      </c>
       <c r="P6">
-        <v>1492</v>
+        <v>341</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>30</v>
       </c>
       <c r="H7" t="s">