--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -105,78 +105,78 @@
   <si>
     <t>Fiskeoppdrettsanlegg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/kk-boutique-hotel-iver-walnums-veg-10-plan-id-1960-158931094</t>
   </si>
   <si>
     <t>Havblikk Boutique Hotel, Iver Walnums veg 10 (Plan ID 1960)</t>
   </si>
   <si>
     <t>Tromsdalen</t>
   </si>
   <si>
     <t>Hotell</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/ken-hyttegrend-fritidsbebyggelse-med-infrastruktur-229081035</t>
+  </si>
+  <si>
+    <t>Sandbakken Hyttegrend Fritidsbebyggelse med Infrastruktur</t>
+  </si>
+  <si>
+    <t>Moen</t>
+  </si>
+  <si>
+    <t>Hytter</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/ging-av-hoyhastighets-bredband-i-jovika-senja-1454-597079967</t>
   </si>
   <si>
     <t>Utbygging av høyhastighets bredbånd i Jøvika, Senja (1454)</t>
   </si>
   <si>
     <t>Stonglandseidet</t>
   </si>
   <si>
     <t>Elektrisk infrastruktur</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>NOK</t>
-  </si>
-[...10 lines deleted...]
-    <t>Hytter</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/utvidelse-av-arctic-sea-hotel-fase-2-560320230006-924162024</t>
   </si>
   <si>
     <t>Utvidelse av Arctic Sea Hotel, fase 2 (5603_20230006)</t>
   </si>
   <si>
     <t>Hammerfest</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -489,51 +489,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nordkapp-laks-landbasert-oppdrettsanlegg-582691543" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/kk-boutique-hotel-iver-walnums-veg-10-plan-id-1960-158931094" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ging-av-hoyhastighets-bredband-i-jovika-senja-1454-597079967" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ken-hyttegrend-fritidsbebyggelse-med-infrastruktur-229081035" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/utvidelse-av-arctic-sea-hotel-fase-2-560320230006-924162024" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nordkapp-laks-landbasert-oppdrettsanlegg-582691543" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/kk-boutique-hotel-iver-walnums-veg-10-plan-id-1960-158931094" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ken-hyttegrend-fritidsbebyggelse-med-infrastruktur-229081035" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ging-av-hoyhastighets-bredband-i-jovika-senja-1454-597079967" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/utvidelse-av-arctic-sea-hotel-fase-2-560320230006-924162024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -632,95 +632,95 @@
       </c>
       <c r="P6">
         <v>1100</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
-[...17 lines deleted...]
-        <v>36</v>
+        <v>30</v>
+      </c>
+      <c r="P7">
+        <v>16062</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>16062</v>
+        <v>39</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8">
+        <v>11</v>
+      </c>
+      <c r="K8">
+        <v>2026</v>
+      </c>
+      <c r="L8">
+        <v>5</v>
+      </c>
+      <c r="M8">
+        <v>830590</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
     </row>