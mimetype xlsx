--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -81,69 +81,69 @@
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/haugesund-nytt-sykehus-og-utbygging-helse-fonna-191276727</t>
   </si>
   <si>
     <t>Haugesund Nytt Sykehus og Utbygging Helse Fonna</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Haugesund</t>
   </si>
   <si>
-    <t>Sykehus</t>
-[...2 lines deleted...]
-    <t>Tilbygg</t>
+    <t>Gravearbeider</t>
+  </si>
+  <si>
+    <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>37 400 NOK/kvm</t>
+    <t>38 100 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -559,51 +559,51 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5">
         <v>3</v>
       </c>
       <c r="K5">
         <v>2021</v>
       </c>
       <c r="L5">
         <v>8</v>
       </c>
       <c r="M5">
-        <v>750000000</v>
+        <v>765000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>20070</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>