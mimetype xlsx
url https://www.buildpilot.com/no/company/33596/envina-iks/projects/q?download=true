--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -111,51 +111,51 @@
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/e-med-3-eneboliger-pa-lovset-gnr-98-bnr-27-2016014-507973833</t>
   </si>
   <si>
     <t>Boligområde med 3 eneboliger på Løvset, gnr.98 bnr.27 (2016014)</t>
   </si>
   <si>
     <t>Melhus</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/miljopark-og-gravraksmoen-industriomrade-utvikling-379015581</t>
   </si>
   <si>
     <t>Hofstad Miljøpark og Gravråksmoen Industriområde Utvikling</t>
   </si>
   <si>
     <t>Gjenvinningsstasjon</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Generalentreprise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>