--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -579,54 +579,54 @@
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J6">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K6">
         <v>2022</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>249</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>