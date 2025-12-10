--- v0 (2025-10-15)
+++ v1 (2025-12-10)
@@ -117,51 +117,51 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>52 200 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/glasblokkene-645447092</t>
   </si>
   <si>
     <t>Haukeland Barne- og Ungdomssykehus Utvidelse Trinn 2</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
-    <t>26 900 NOK/kvm</t>
+    <t>2 689 700 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rehabilitering-av-norges-handelshoyskole-794284820</t>
   </si>
   <si>
     <t>Rehabilitering av NHHs Hovedbygg og Campus</t>
   </si>
   <si>
     <t>Universiteter</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
     <t>23 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ringsaker-videregaende-skoles-utvidelse-165191389</t>
   </si>
   <si>
     <t>Ringsaker videregående skoles utvidelse</t>
   </si>
   <si>
     <t>Brumunddal</t>
   </si>
@@ -675,51 +675,51 @@
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2016</v>
       </c>
       <c r="K6">
         <v>2023</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
-        <v>39000000</v>
+        <v>3900000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>34</v>
       </c>
       <c r="P6">
         <v>1450</v>
       </c>
       <c r="Q6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">