--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -99,51 +99,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Heggenes</t>
   </si>
   <si>
     <t>Helsesentre</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
-    <t>18 000 NOK/kvm</t>
+    <t>43 100 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/vestre-slidre-omsorgsboliger-og-helsetun-533384361</t>
   </si>
   <si>
     <t>Vestre Slidre Omsorgsboliger og Helsetun</t>
   </si>
   <si>
     <t>Slidre</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>40 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-valdres-vgs-545966952</t>
   </si>
   <si>
     <t>Nybygg Valdres VGS</t>
   </si>
@@ -622,51 +622,51 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5">
         <v>11</v>
       </c>
       <c r="K5">
         <v>2020</v>
       </c>
       <c r="L5">
         <v>12</v>
       </c>
       <c r="M5">
-        <v>117000000</v>
+        <v>280000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>6500</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">