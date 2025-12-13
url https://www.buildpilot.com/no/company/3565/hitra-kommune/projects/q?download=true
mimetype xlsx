--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/e-sandstad-brannstasjon-og-flerbruksbygg-2025-3456-252844808</t>
   </si>
   <si>
     <t>Nye Sandstad brannstasjon og flerbruksbygg (2025/3456)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Sandstad</t>
   </si>
   <si>
     <t>Brannstasjoner</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
-    <t>Anbudsprosess</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nye-hitra-1-vindkraftverk-202501542-183570961</t>
   </si>
   <si>
     <t>Nye Hitra 1 Vindkraftverk (202501542)</t>
   </si>
   <si>
     <t>Vindmølleparker</t>
   </si>
   <si>
     <t>Renovering</t>
   </si>
   <si>
     <t>Tidlig planlegging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/havn-og-fritidsbebyggelse-ved-saeterberget-2022026-514442016</t>
   </si>
   <si>
     <t>Småbåthavn og fritidsbebyggelse ved Sæterberget (2022026)</t>
   </si>