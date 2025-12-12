--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -537,50 +537,53 @@
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
+      <c r="P5">
+        <v>1472</v>
+      </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>