--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="40">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining 0 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -87,78 +87,78 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygging-til-legesenter-pa-metro-storhandel-273905767</t>
   </si>
   <si>
     <t>Ombygging til legesenter på Metro Storhandel</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Lørenskog</t>
   </si>
   <si>
     <t>Helsesentre</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ng-av-ventilasjonsanlegg-ved-oslo-city-kjopesenter-820274068</t>
   </si>
   <si>
     <t>Oppgradering av ventilasjonsanlegg ved Oslo City Kjøpesenter</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kjøpesenter</t>
   </si>
   <si>
     <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/uksendring-klesbutikk-til-serveringssted-gulskogen-961858990</t>
   </si>
   <si>
     <t>Bruksendring klesbutikk til serveringssted Gulskogen</t>
   </si>
   <si>
     <t>Drammen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-og-fasadeendring-carlbergveien-4-6-684448229</t>
   </si>
   <si>
     <t>Bruksendring og fasadeendring Carlbergveien 4, 6</t>
   </si>
   <si>
     <t>Moss</t>
   </si>
   <si>
     <t>Butikker</t>
   </si>
   <si>
     <t>Transformasjon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -570,168 +570,204 @@
         <v>17</v>
       </c>
       <c r="Q4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>26</v>
+      </c>
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5">
+        <v>6</v>
+      </c>
+      <c r="K5">
+        <v>2025</v>
+      </c>
+      <c r="L5">
+        <v>6</v>
+      </c>
+      <c r="P5">
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
+      <c r="G6" t="s">
+        <v>25</v>
+      </c>
       <c r="H6" t="s">
-        <v>25</v>
+        <v>26</v>
+      </c>
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6">
+        <v>6</v>
+      </c>
+      <c r="K6">
+        <v>2025</v>
+      </c>
+      <c r="L6">
+        <v>6</v>
+      </c>
+      <c r="P6">
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J8">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>560</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
       <c r="G9" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="H9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9">
         <v>3</v>
       </c>
       <c r="K9">
         <v>2024</v>
       </c>
       <c r="L9">
         <v>6</v>
       </c>
       <c r="P9">
         <v>301</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>