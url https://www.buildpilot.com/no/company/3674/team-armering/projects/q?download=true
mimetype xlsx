--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -72,75 +72,75 @@
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/campus-bo-studentboliger-gullbringvegen-547492969</t>
   </si>
   <si>
-    <t>Campus Bø Studentboliger, Gullbringvegen</t>
+    <t>Campus Bø Studentboliger Gullbringvegen</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Bø I Telemark</t>
   </si>
   <si>
     <t>Studentboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
-    <t>Samspillsentreprise</t>
+    <t>Totalentreprise</t>
   </si>
   <si>
     <t>18 500 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -550,51 +550,51 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K5">
         <v>2020</v>
       </c>
       <c r="L5">
         <v>8</v>
       </c>
       <c r="M5">
         <v>187000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>10100</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>