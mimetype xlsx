--- v0 (2025-10-17)
+++ v1 (2025-12-15)
@@ -87,108 +87,108 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/reservekraft-964924652</t>
   </si>
   <si>
     <t>Nytt regjeringskvartal - Reservekraft (K311)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Regjerings- og parlamentsbygg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/reservekraft-til-as-veterinaerbygg-980703088</t>
   </si>
   <si>
     <t>Reservekraft til Ås Veterinærbygg</t>
   </si>
   <si>
     <t>Ås</t>
   </si>
   <si>
     <t>Landbruksbygg</t>
   </si>
   <si>
+    <t>Bygging</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/nytt-klinikk-og-protonbygg-ved-radiumhospitalet-325681825</t>
   </si>
   <si>
     <t>Nytt klinikk- og protonbygg ved Radiumhospitalet</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Delt entreprise</t>
   </si>
   <si>
-    <t>136 400 NOK/kvm</t>
+    <t>133 300 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/byggetrinn-1-a-blokken-578826421</t>
   </si>
   <si>
     <t>Nytt regjeringskvartal - Byggetrinn 1 - A-blokken (K204)</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
     <t>1 416 200 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/byggetrinn-1-d-blokken-421506857</t>
   </si>
   <si>
     <t>Nytt regjeringskvartal - Byggetrinn 1 - D-blokken (K203)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bygging</t>
   </si>
   <si>
     <t>9 900 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -615,198 +615,198 @@
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="M7">
         <v>6000000000</v>
       </c>
       <c r="N7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P7">
-        <v>44000</v>
+        <v>45000</v>
       </c>
       <c r="Q7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="M8">
         <v>24500000000</v>
       </c>
       <c r="N8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P8">
         <v>17300</v>
       </c>
       <c r="Q8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2021</v>
       </c>
       <c r="K9">
         <v>2025</v>
       </c>
       <c r="L9">
         <v>11</v>
       </c>
       <c r="M9">
         <v>1000000000</v>
       </c>
       <c r="N9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P9">
         <v>101000</v>
       </c>
       <c r="Q9" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>