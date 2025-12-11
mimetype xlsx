--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="48">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining 2 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -111,75 +111,78 @@
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/fossumkollektivet-bofellesskap-prosjekt-709714698</t>
   </si>
   <si>
     <t>Fossumkollektivet Bofellesskap Prosjekt</t>
   </si>
   <si>
     <t>Skiptvet</t>
   </si>
   <si>
     <t>Barnevernsinstitusjoner</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Prosjektering</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/-enebolig-med-uteomrade-i-ekeberglia-ekeberglia-63-415715487</t>
   </si>
   <si>
     <t>Bygging av enebolig med uteområde i Ekeberglia - Ekeberglia 63</t>
   </si>
   <si>
     <t>Høvik</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/tilbygg-pa-enebolig-kongsrod-3-kongsrod-3-822039883</t>
+  </si>
+  <si>
+    <t>Tilbygg på enebolig Kongsrød 3 - Kongsrød 3</t>
+  </si>
+  <si>
+    <t>Råde</t>
+  </si>
+  <si>
+    <t>Tilbygg</t>
+  </si>
+  <si>
     <t>Ferdig bygd</t>
-  </si>
-[...10 lines deleted...]
-    <t>Tilbygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ny-boenhet-i-sameiet-drammensveien-52a-962072292</t>
   </si>
   <si>
     <t>Ny boenhet i sameiet Drammensveien 52a</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Transformasjon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -636,171 +639,171 @@
       </c>
       <c r="P5">
         <v>540</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8">
         <v>10</v>
       </c>
       <c r="K8">
         <v>2023</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>214</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9">
         <v>4</v>
       </c>
       <c r="K9">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="L9">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="P9">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>