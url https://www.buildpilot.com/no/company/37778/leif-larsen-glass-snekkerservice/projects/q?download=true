--- v0 (2025-10-15)
+++ v1 (2025-12-17)
@@ -612,51 +612,51 @@
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2021</v>
       </c>
       <c r="J6">
         <v>10</v>
       </c>
       <c r="K6">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="L6">
         <v>11</v>
       </c>
       <c r="P6">
         <v>3007</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">