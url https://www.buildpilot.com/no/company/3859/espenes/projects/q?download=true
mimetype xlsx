--- v0 (2025-10-15)
+++ v1 (2025-12-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="41">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining -2 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -117,69 +117,66 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>24 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/biltema-forus-rehabilitering-og-pabygg-719948752</t>
   </si>
   <si>
     <t>Biltema Forus - Rehabilitering og Påbygg</t>
   </si>
   <si>
     <t>Stavanger</t>
   </si>
   <si>
     <t>Butikker</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
-    <t>Usikker</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/no/project/radhuskvartalet-i-kristiansand-955660096</t>
   </si>
   <si>
     <t>Rådhuskvartalet i Kristiansand</t>
   </si>
   <si>
     <t>Kristiansand S</t>
   </si>
   <si>
     <t>Rådhus og kommunale bygninger</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
-    <t>20 000 NOK/kvm</t>
+    <t>18 100 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -630,113 +627,113 @@
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
         <v>12000</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2011</v>
       </c>
       <c r="J7">
         <v>8</v>
       </c>
       <c r="K7">
         <v>2014</v>
       </c>
       <c r="L7">
         <v>1</v>
       </c>
       <c r="M7">
-        <v>300000000</v>
+        <v>272000000</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="P7">
         <v>15000</v>
       </c>
       <c r="Q7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>