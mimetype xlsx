--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -129,51 +129,51 @@
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-og-cafe-i-niels-juels-gate-33b-446931603</t>
   </si>
   <si>
     <t>Bruksendring og café i Niels Juels Gate 33B</t>
   </si>
   <si>
     <t>Butikker</t>
   </si>
   <si>
     <t>Transformasjon</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/marienlyst-byutvikling-483916864</t>
   </si>
   <si>
     <t>Marienlyst Byutvikling</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Tidlig planlegging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/gaiastova-utbygging-pa-hafjell-581367482</t>
   </si>
   <si>
     <t>Gaiastova Utbygging på Hafjell</t>
   </si>
   <si>
     <t>Øyer</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>28 100 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -604,51 +604,51 @@
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
         <v>5</v>
       </c>
       <c r="K5">
         <v>2026</v>
       </c>
       <c r="L5">
         <v>10</v>
       </c>
       <c r="P5">
-        <v>1795</v>
+        <v>705</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>28</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="K6">
@@ -668,57 +668,57 @@
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7">
         <v>11</v>
       </c>
       <c r="K7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="L7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>160</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
       <c r="P8">