--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -105,51 +105,51 @@
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oppforing-av-ny-barnehage-i-hasselhaugveien-408572732</t>
   </si>
   <si>
     <t>Oppføring av Ny Barnehage i Hasselhaugveien</t>
   </si>
   <si>
     <t>Barnehager</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Prosjektering</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -556,51 +556,51 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2022</v>
       </c>
       <c r="J5">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K5">
         <v>2023</v>
       </c>
       <c r="L5">
         <v>8</v>
       </c>
       <c r="P5">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">