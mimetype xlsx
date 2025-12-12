--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="32">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining -3 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -87,72 +87,69 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/billingstad-energisentral-193731644</t>
   </si>
   <si>
     <t>Billingstad Utviklingsprosjekt</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Billingstad</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>1 700 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/billingstad-boligprosjekt-426992774</t>
   </si>
   <si>
     <t>Billingstad Boligprosjekt</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
-  </si>
-[...1 lines deleted...]
-    <t>Byggeforberedelser</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -600,51 +597,51 @@
       </c>
       <c r="Q5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6">
         <v>9</v>
       </c>
       <c r="K6">
         <v>2022</v>
       </c>
       <c r="L6">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">