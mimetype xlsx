--- v0 (2025-10-14)
+++ v1 (2025-12-12)
@@ -102,54 +102,54 @@
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>25 500 NOK/kvm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/nye-hjorten-teater-og-posten-moderne-kunstmuseum-538659050</t>
-[...2 lines deleted...]
-    <t>Nye Hjorten Teater og Posten Moderne Kunstmuseum</t>
+    <t>https://www.buildpilot.com/no/project/nye-hjorten-teater-og-posten-moderne-museum-538659050</t>
+  </si>
+  <si>
+    <t>Nye Hjorten Teater og Posten Moderne Museum</t>
   </si>
   <si>
     <t>Museer</t>
   </si>
   <si>
     <t>60 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ingsbygg-for-byggevarehandel-med-lager-og-kontorer-404218529</t>
   </si>
   <si>
     <t>Næringsbygg for Byggevarehandel med lager og kontorer</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/kesko-naeringsbygg-med-lager-og-minilager-831731852</t>
   </si>
   <si>
     <t>Kesko Næringsbygg med Lager og Minilager</t>
   </si>
@@ -489,51 +489,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/horizon-sintef-energis-baerekraftige-utvidelse-504376334" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-hjorten-teater-og-posten-moderne-kunstmuseum-538659050" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ingsbygg-for-byggevarehandel-med-lager-og-kontorer-404218529" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/kesko-naeringsbygg-med-lager-og-minilager-831731852" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/-pabygg-med-boenhetsdeling-sigurd-jorsalfars-veg-3-826097436" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/horizon-sintef-energis-baerekraftige-utvidelse-504376334" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-hjorten-teater-og-posten-moderne-museum-538659050" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ingsbygg-for-byggevarehandel-med-lager-og-kontorer-404218529" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/kesko-naeringsbygg-med-lager-og-minilager-831731852" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/-pabygg-med-boenhetsdeling-sigurd-jorsalfars-veg-3-826097436" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -691,81 +691,84 @@
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
+      <c r="P7">
+        <v>9171</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J8">
-        <v>11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">