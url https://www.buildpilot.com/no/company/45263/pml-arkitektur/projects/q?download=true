--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -87,72 +87,72 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/gg-og-fasadeendring-pa-enebolig-hoybratenveien-78b-816770319</t>
   </si>
   <si>
     <t>Tilbygg og fasadeendring på enebolig - Høybråtenveien 78B</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ing-av-enebolig-med-carport-bernhard-herres-vei-1a-873713630</t>
   </si>
   <si>
     <t>Oppføring av enebolig med carport - Bernhard Herres vei 1A</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/g-modernisering-av-enebolig-pa-roa-bjerkebakken-16-957860858</t>
   </si>
   <si>
     <t>Tilbygg og modernisering av enebolig på Røa - Bjerkebakken 16</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/v-garasje-til-carport-og-inngangsparti-bergslia-18-527422802</t>
   </si>
   <si>
     <t>Ombygging av garasje til carport og inngangsparti, Bergslia 18</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/gging-av-enebolig-i-bergslia-bergslia-1a-190013614-980018742</t>
   </si>
   <si>
     <t>Ombygging av enebolig i Bergslia - Bergslia 1A (190013614)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -571,176 +571,191 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>10</v>
+        <v>1</v>
+      </c>
+      <c r="P5">
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6">
         <v>5</v>
+      </c>
+      <c r="K6">
+        <v>2025</v>
+      </c>
+      <c r="L6">
+        <v>11</v>
+      </c>
+      <c r="P6">
+        <v>152</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="P7">
-        <v>208</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8">
         <v>8</v>
+      </c>
+      <c r="P8">
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="I9">
         <v>2021</v>
       </c>
       <c r="J9">
         <v>6</v>
       </c>
       <c r="K9">
         <v>2022</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>