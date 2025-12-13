--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-garasje-til-bolig-ekebergveien-11-361512760</t>
   </si>
   <si>
     <t>Bruksendring garasje til bolig, Ekebergveien 11</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Transformasjon</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/boligoppdeling-og-fasadeendring-ekebergveien-11-439654409</t>
   </si>
   <si>
     <t>Boligoppdeling og fasadeendring - Ekebergveien 11</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -544,54 +544,54 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">