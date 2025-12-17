--- v0 (2025-10-15)
+++ v1 (2025-12-17)
@@ -99,51 +99,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Seljord</t>
   </si>
   <si>
     <t>Bussterminaler</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Kansellert</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>55 700 NOK/kvm</t>
+    <t>80 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygging-kantine-pa-bo-videregaende-skole-887360261</t>
   </si>
   <si>
     <t>Ombygging kantine på Bø videregående skole</t>
   </si>
   <si>
     <t>Bø I Telemark</t>
   </si>
   <si>
     <t>Videregående skoler</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/en-boligomrade-med-konsentrert-bebyggelse-05612017-543398540</t>
   </si>
   <si>
     <t>Sandvinhagen boligområde med konsentrert bebyggelse (05_61_2017)</t>
   </si>
@@ -619,51 +619,51 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
         <v>5</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>10</v>
       </c>
       <c r="M5">
-        <v>3507500</v>
+        <v>5087396</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>63</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">