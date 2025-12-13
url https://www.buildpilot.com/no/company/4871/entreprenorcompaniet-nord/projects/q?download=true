--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -132,51 +132,51 @@
   <si>
     <t>Nytt Politihus i Tromsø</t>
   </si>
   <si>
     <t>Politistasjoner</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>26 600 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/flerbrukshall-nr-2-pa-skjold-242178802</t>
   </si>
   <si>
     <t>Flerbrukshall nr 2 på Skjold</t>
   </si>
   <si>
     <t>Skjold</t>
   </si>
   <si>
     <t>Militære anlegg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>17 800 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -583,98 +583,104 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>6</v>
+      </c>
+      <c r="P5">
+        <v>349</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>6</v>
+      </c>
+      <c r="P6">
+        <v>349</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="K7">