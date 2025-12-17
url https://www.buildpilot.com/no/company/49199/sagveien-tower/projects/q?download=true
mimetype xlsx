--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-og-nye-kontorlokaler-i-molleparken-4-122853608</t>
   </si>
   <si>
     <t>Bruksendring og nye kontorlokaler i Mølleparken 4</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/molleparken-4-ombygging-og-bruksendring-417975038</t>
   </si>
   <si>
     <t>Mølleparken 4 Ombygging og Bruksendring</t>
   </si>
   <si>
     <t>Universiteter</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -543,50 +543,56 @@
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
+      <c r="I5">
+        <v>2025</v>
+      </c>
+      <c r="J5">
+        <v>10</v>
+      </c>
       <c r="P5">
         <v>1400</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>