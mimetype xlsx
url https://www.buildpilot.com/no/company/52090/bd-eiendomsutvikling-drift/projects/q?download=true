--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ygg-av-tre-eneboliger-hamrevegen-33-hamrevegen-33j-437150845</t>
   </si>
   <si>
     <t>Nybygg av tre eneboliger Hamrevegen 33 - Hamrevegen 33J</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Kalandseidet</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-av-idrettsvegen-14-med-4-tomannsbustader-20230200-901905066</t>
   </si>
   <si>
     <t>Utvikling av Idrettsvegen 14 med 4 tomannsbustader (20230200)</t>
   </si>
   <si>
     <t>Os</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-skoglund-utbygging-med-135-boliger-og-ny-dahlsveg-441074220</t>
   </si>
   <si>
     <t>Hagavik/Skoglund Utbygging med 135 Boliger og Ny Dahlsveg</t>
   </si>
   <si>
     <t>Hagavik</t>
   </si>
@@ -664,51 +664,51 @@
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8">
         <v>6</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="P8">
-        <v>90</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>