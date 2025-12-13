--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -99,51 +99,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Alta</t>
   </si>
   <si>
     <t>Idrettsanlegg</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>18 200 NOK/kvm</t>
+    <t>22 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/aronnes-b3-leilighetsbygg-977804785</t>
   </si>
   <si>
     <t>Aronnes B3 Leilighetsbygg</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -571,51 +571,51 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2016</v>
       </c>
       <c r="J5">
         <v>1</v>
       </c>
       <c r="K5">
         <v>2017</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
-        <v>93600000</v>
+        <v>117000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>5132</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">