--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -559,95 +559,98 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K5">
         <v>2024</v>
       </c>
       <c r="L5">
         <v>12</v>
       </c>
       <c r="P5">
         <v>1876</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>5</v>
+      </c>
+      <c r="P6">
+        <v>208</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">