--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-tomannsbolig-maelen-14a-ar548338517-723556872</t>
   </si>
   <si>
     <t>Nybygg tomannsbolig - Mælen 14A (AR548338517)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Drammen</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-enebolig-med-dobbelgarasje-maelen-12c-245924278</t>
   </si>
   <si>
     <t>Nybygg enebolig med dobbelgarasje - Mælen 12C</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ng-av-moderne-enebolig-med-garasje-skytterdalen-14-888019225</t>
   </si>
   <si>
     <t>Oppføring av moderne enebolig med garasje - Skytterdalen 14</t>
   </si>
   <si>
     <t>Sandvika</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
@@ -559,115 +559,118 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J5">
         <v>1</v>
       </c>
       <c r="P5">
         <v>330</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="P6">
         <v>330</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
+      </c>
+      <c r="P7">
+        <v>162</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>29</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="H8" t="s">