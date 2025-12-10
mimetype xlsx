--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -120,51 +120,51 @@
   <si>
     <t>Radiumhospitalet - Innvendig Ombygging og Brannskille</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygging-av-rikshospitalets-bygg-d4-451743404</t>
   </si>
   <si>
     <t>Ombygging av Rikshospitalets Bygg D4</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nytt-klinikk-og-protonbygg-ved-radiumhospitalet-325681825</t>
   </si>
   <si>
     <t>Nytt klinikk- og protonbygg ved Radiumhospitalet</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Delt entreprise</t>
   </si>
   <si>
-    <t>136 400 NOK/kvm</t>
+    <t>133 300 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/pabygg-c2-c6-for-nye-rikshospitalet-889357477</t>
   </si>
   <si>
     <t>Påbygg C2-C6 for Nye Rikshospitalet</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -679,69 +679,69 @@
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="M8">
         <v>6000000000</v>
       </c>
       <c r="N8" t="s">
         <v>34</v>
       </c>
       <c r="O8" t="s">
         <v>35</v>
       </c>
       <c r="P8">
-        <v>44000</v>
+        <v>45000</v>
       </c>
       <c r="Q8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>39</v>
       </c>
       <c r="H9" t="s">