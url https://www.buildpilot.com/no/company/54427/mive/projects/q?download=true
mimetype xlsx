--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -553,83 +553,86 @@
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5">
         <v>6</v>
       </c>
       <c r="P5">
-        <v>208</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6">
         <v>6</v>
+      </c>
+      <c r="P6">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>