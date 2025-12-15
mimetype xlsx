--- v0 (2025-10-18)
+++ v1 (2025-12-15)
@@ -84,51 +84,51 @@
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/byggeprosjekt-gunnar-schjelderups-vei-37-c-og-d-282799609</t>
   </si>
   <si>
     <t>Byggeprosjekt Gunnar Schjelderups vei 37 C og D</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
-    <t>Utvidelse</t>
+    <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/pabygg-enebolig-m-sokkelleilighet-eikelundveien-16-303390444</t>
   </si>
   <si>
     <t>Ombygging og påbygg enebolig m/sokkelleilighet - Eikelundveien 16</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-og-demontering-av-baerevegg-869177155</t>
   </si>
   <si>
     <t>Bruksendring og demontering av bærevegg</t>
   </si>
@@ -596,50 +596,53 @@
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
         <v>2022</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
+      <c r="P6">
+        <v>16</v>
+      </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>