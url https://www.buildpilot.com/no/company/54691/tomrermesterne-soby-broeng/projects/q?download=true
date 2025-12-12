--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -642,50 +642,53 @@
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>30</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>25</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
+      <c r="P8">
+        <v>6</v>
+      </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9" t="s">
         <v>25</v>