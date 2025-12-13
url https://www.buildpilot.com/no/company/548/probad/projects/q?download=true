--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -96,54 +96,54 @@
   <si>
     <t>Bovieran Falkum</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Skien</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/poppelhagen-boligprosjekt-poppelstien-nordstrand-590394503</t>
-[...2 lines deleted...]
-    <t>Poppelhagen Boligprosjekt - Poppelstien Nordstrand</t>
+    <t>https://www.buildpilot.com/no/project/poppelhagen-boligkompleks-nordstrand-4-bygg-590394503</t>
+  </si>
+  <si>
+    <t>Poppelhagen boligkompleks Nordstrand - 4 bygg</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>26 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/smelteverket-1-256622574</t>
   </si>
   <si>
     <t>Smelteverket 1</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>20 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/majorstuhjemmene-405391306</t>
   </si>
@@ -489,51 +489,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bovieran-falkum-109756929" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/poppelhagen-boligprosjekt-poppelstien-nordstrand-590394503" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/smelteverket-1-256622574" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/majorstuhjemmene-405391306" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/aurkvartalet-boligprosjekt-aurveien-70-74-514306882" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bovieran-falkum-109756929" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/poppelhagen-boligkompleks-nordstrand-4-bygg-590394503" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/smelteverket-1-256622574" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/majorstuhjemmene-405391306" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/aurkvartalet-boligprosjekt-aurveien-70-74-514306882" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -636,57 +636,57 @@
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="M6">
         <v>511000000</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>27</v>
       </c>
       <c r="P6">
         <v>19000</v>
       </c>
       <c r="Q6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">