--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="32">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining -2 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -94,50 +94,53 @@
     <t>https://www.buildpilot.com/no/project/g-tilbygg-av-enebolig-herregardsveien-25-201705880-359275866</t>
   </si>
   <si>
     <t>Ombygging og tilbygg av enebolig - Herregårdsveien 25 (201705880)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/og-utvidelse-av-enebolig-kringsjagrenda-4-61813635-275496232</t>
   </si>
   <si>
     <t>Tilbygg og utvidelse av enebolig - Kringsjågrenda 4 (61813635)</t>
+  </si>
+  <si>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/g-enebolig-i-midtstuen-sigbjorn-obstfelders-vei-10-648435480</t>
   </si>
   <si>
     <t>Tilbygg enebolig i Midtstuen - Sigbjørn Obstfelders vei 10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -576,71 +579,71 @@
       </c>
       <c r="P5">
         <v>343</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I6">
-        <v>2016</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="P6">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="K7">
         <v>2025</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>