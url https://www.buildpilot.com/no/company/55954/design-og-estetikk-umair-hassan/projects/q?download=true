--- v0 (2025-10-14)
+++ v1 (2025-12-12)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-enebolig-gronliveien-2f-kranveien-6-171912059</t>
   </si>
   <si>
     <t>Nybygg enebolig Grønliveien 2F - Kranveien 6</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-ny-enebolig-ved-enebakkveien-284-enebakkveien-284-239453129</t>
   </si>
   <si>
     <t>Oppføring av ny enebolig ved Enebakkveien 284 - Enebakkveien 284</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/riving-og-bruksendring-av-enebolig-grorudveien-26-925791273</t>
   </si>
   <si>
     <t>Riving og bruksendring av enebolig - Grorudveien 26</t>
   </si>
   <si>
     <t>Riving</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-enebolig-og-garasje-vestbyveien-20-844487960</t>
   </si>
   <si>
     <t>Nybygg enebolig og garasje - Vestbyveien 20</t>
   </si>
@@ -562,54 +562,54 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
     </row>
@@ -640,54 +640,54 @@
       <c r="A8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="J8">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9" t="s">