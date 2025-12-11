--- v0 (2025-10-13)
+++ v1 (2025-12-11)
@@ -87,81 +87,81 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/lott-konsentrert-smahusbebyggelse-med-12-boenheter-536763732</t>
   </si>
   <si>
     <t>Fjordgløtt - Konsentrert småhusbebyggelse med 12 boenheter</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Nesodden</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Bygging</t>
+  </si>
+  <si>
+    <t>Vunnet/kontrahert</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/muslimsk-kultur-senter-ved-glynitveien-32-876616860</t>
+  </si>
+  <si>
+    <t>Muslimsk Kultur Senter ved Glynitveien 32</t>
+  </si>
+  <si>
+    <t>Ski</t>
+  </si>
+  <si>
+    <t>Religiøse bygg</t>
+  </si>
+  <si>
     <t>Prosjektering</t>
   </si>
   <si>
-    <t>Vunnet/kontrahert</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/no/project/angs-oppegardveien-fra-langhusveien-til-dalskleiva-220471004</t>
   </si>
   <si>
     <t>Fortau langs Oppegårdveien fra Langhusveien til Dalskleiva</t>
   </si>
   <si>
     <t>Langhus</t>
   </si>
   <si>
     <t>Gang- og sykkelvei</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ramsoy-smabathavn-med-utleiehytter-og-molo-951393949</t>
   </si>
   <si>
     <t>Ramsøy Småbåthavn med utleiehytter og molo</t>
   </si>
   <si>
     <t>Hauglandshella</t>
   </si>
   <si>
     <t>Hytter</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/g-av-hulldekkefabrikk-pa-mjolkevikvarden-620627-01-417496735</t>
   </si>
   <si>
     <t>Etablering av hulldekkefabrikk på Mjølkevikvarden (620627-01)</t>
   </si>
   <si>
     <t>Herdla</t>
   </si>
   <si>
     <t>Fabrikker</t>
   </si>
@@ -618,138 +618,138 @@
       </c>
       <c r="P5">
         <v>1414</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="K7">
         <v>2027</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="P8">
         <v>526</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="P9">
         <v>9851</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>