--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -576,51 +576,51 @@
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="P6">
-        <v>150</v>
+        <v>103</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
     </row>