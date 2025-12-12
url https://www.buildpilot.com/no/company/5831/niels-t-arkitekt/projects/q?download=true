--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -87,87 +87,87 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/forskningsparken-bygg-f-utvidelse-178369407-625704056</t>
   </si>
   <si>
     <t>Forskningsparken Bygg F Utvidelse (178369407)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
+    <t>Byggeforberedelser</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/forskningsparken-oslo-bygg-d-utvidelse-178167528-825558784</t>
+  </si>
+  <si>
+    <t>Forskningsparken Oslo Bygg D Utvidelse (178167528)</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/bygdoynesveien-oppgradering-5-4938-715177231</t>
+  </si>
+  <si>
+    <t>Bygdøynesveien Oppgradering (5-4938)</t>
+  </si>
+  <si>
+    <t>Veier</t>
+  </si>
+  <si>
+    <t>Ombygging</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/-7-3-utbygging-med-ca-338-boliger-og-barnehage-lek-795875738</t>
+  </si>
+  <si>
+    <t>Fornebu Område 7.3 Utbygging med ca 338 boliger og barnehage/lek</t>
+  </si>
+  <si>
+    <t>Fornebu</t>
+  </si>
+  <si>
+    <t>Boligblokker</t>
+  </si>
+  <si>
+    <t>Nybygg</t>
+  </si>
+  <si>
     <t>Ferdig bygd</t>
-  </si>
-[...34 lines deleted...]
-    <t>Nybygg</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/a14-kontorbygg-i-bjorvika-963940672</t>
   </si>
   <si>
     <t>A14 Kontorbygg i Bjørvika</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -577,161 +577,161 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="P5">
         <v>962</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>29</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" t="s">
         <v>35</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>36</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
       <c r="I8">
         <v>2017</v>
       </c>
       <c r="P8">
         <v>33300</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="I9">
         <v>2016</v>
       </c>
       <c r="J9">
         <v>6</v>
       </c>
       <c r="K9">
         <v>2017</v>
       </c>
       <c r="L9">
         <v>11</v>
       </c>
       <c r="P9">
         <v>4300</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>