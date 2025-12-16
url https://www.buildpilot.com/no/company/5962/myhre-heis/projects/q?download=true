--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/heisinstallasjon-agmund-bolts-vei-59-f1-412220955</t>
   </si>
   <si>
     <t>Heisinstallasjon Agmund Bolts Vei 59 (F1)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/moderne-ombygging-av-billingstadsletta-16-897018470</t>
   </si>
   <si>
     <t>Moderne Ombygging av Billingstadsletta 16</t>
   </si>
   <si>
     <t>Billingstad</t>
   </si>
   <si>
     <t>Butikker</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>