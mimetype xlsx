--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -87,93 +87,93 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/va-anlegg-i-berglundveien-og-bergselva-368093853</t>
   </si>
   <si>
     <t>VA-anlegg i Berglundveien og Bergselva</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Harstad</t>
   </si>
   <si>
     <t>Vann- og avløpsanlegg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/infrastrukturprosjekt-bergsveien-og-bergseng-687502399</t>
   </si>
   <si>
     <t>Infrastrukturprosjekt Bergsveien og Bergseng</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/oppforing-av-tre-tomannsboliger-medkila-51-753-981790579</t>
   </si>
   <si>
     <t>Oppføring av tre tomannsboliger - Medkila, 51/753</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/nedre-gangsas-boliger-og-dagsenter-harstad-355323565</t>
-[...2 lines deleted...]
-    <t>Nedre Gangsås Boliger og Dagsenter, Harstad</t>
+    <t>https://www.buildpilot.com/no/project/nedre-gangsas-boliger-og-dagsenter-i-harstad-355323565</t>
+  </si>
+  <si>
+    <t>Nedre Gangsås Boliger og dagsenter i Harstad</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
-    <t>Ferdig bygd</t>
-[...1 lines deleted...]
-  <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>40 700 NOK/kvm</t>
+    <t>65 400 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -477,51 +477,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/va-anlegg-i-berglundveien-og-bergselva-368093853" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/infrastrukturprosjekt-bergsveien-og-bergseng-687502399" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppforing-av-tre-tomannsboliger-medkila-51-753-981790579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppforing-av-tre-tomannsboliger-medkila-51-753-981790579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nedre-gangsas-boliger-og-dagsenter-harstad-355323565" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/va-anlegg-i-berglundveien-og-bergselva-368093853" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/infrastrukturprosjekt-bergsveien-og-bergseng-687502399" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppforing-av-tre-tomannsboliger-medkila-51-753-981790579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppforing-av-tre-tomannsboliger-medkila-51-753-981790579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nedre-gangsas-boliger-og-dagsenter-i-harstad-355323565" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -577,179 +577,185 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6">
         <v>7</v>
+      </c>
+      <c r="K6">
+        <v>2025</v>
+      </c>
+      <c r="L6">
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9">
         <v>12</v>
       </c>
       <c r="K9">
         <v>2025</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M9">
-        <v>114000000</v>
+        <v>183000000</v>
       </c>
       <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="O9" t="s">
         <v>38</v>
       </c>
       <c r="P9">
         <v>2800</v>
       </c>
       <c r="Q9" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>