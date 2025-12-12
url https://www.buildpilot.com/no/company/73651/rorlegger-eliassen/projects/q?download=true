--- v0 (2025-10-14)
+++ v1 (2025-12-12)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/riving-og-nybygg-av-enebolig-nesveien-513-781882486</t>
   </si>
   <si>
     <t>Riving og nybygg av enebolig - Nesveien 513</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Moss</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ybygg-enebolig-med-dobbeltgarasje-akvamarinveien-7-875235607</t>
   </si>
   <si>
     <t>Nybygg enebolig med dobbeltgarasje - Akvamarinveien 7</t>
   </si>
   <si>
     <t>Gamle Fredrikstad</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/lagerhall-med-6-utleieseksjoner-pa-elindveien-101-963598595</t>
   </si>
   <si>
     <t>Lagerhall med 6 utleieseksjoner på Elindveien 101</t>
   </si>
   <si>
     <t>Fredrikstad</t>
   </si>
@@ -562,150 +562,156 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>30</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
         <v>2025</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
+      <c r="P7">
+        <v>226</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>30</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
         <v>6</v>
+      </c>
+      <c r="P8">
+        <v>226</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>32</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>30</v>
       </c>
       <c r="H9" t="s">