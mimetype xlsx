--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -117,51 +117,51 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>5 100 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nonneseterkvartalet-office-complex-220912343</t>
   </si>
   <si>
     <t>Skanska Nonneseter Kvartalet Kontor Kompleks, Bergen</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>15 700 NOK/kvm</t>
+    <t>22 100 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -630,51 +630,51 @@
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2007</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6">
         <v>2008</v>
       </c>
       <c r="L6">
         <v>9</v>
       </c>
       <c r="M6">
-        <v>270000000</v>
+        <v>380000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
         <v>17200</v>
       </c>
       <c r="Q6" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">