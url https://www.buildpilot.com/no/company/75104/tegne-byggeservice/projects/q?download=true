--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -87,87 +87,87 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-kjellerbruksendring-pa-enebolig-bekkevollvegen-25-326124700</t>
   </si>
   <si>
     <t>Tilbygg og kjellerbruksendring på enebolig - Bekkevollvegen 25</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Tromsø</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/asade-og-kjellerendring-enebolig-bekkevollvegen-25-972306537</t>
   </si>
   <si>
     <t>Tilbygg, fasade- og kjellerendring enebolig - Bekkevollvegen 25</t>
   </si>
   <si>
-    <t>Bygging</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/no/project/fasadeendring-pa-flermannsbolig-tomasjordvegen-202-869374819</t>
   </si>
   <si>
     <t>Tilbygg og fasadeendring på flermannsbolig - Tomasjordvegen 202</t>
   </si>
   <si>
     <t>Tomasjord</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-enebolig-med-garasje-kvaloyvagvegen-1260-316756651</t>
   </si>
   <si>
     <t>Nybygg enebolig med garasje - Kvaløyvågvegen 1260</t>
   </si>
   <si>
     <t>Kvaløya</t>
   </si>
   <si>
     <t>Nybygg</t>
+  </si>
+  <si>
+    <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -577,185 +577,188 @@
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2026</v>
       </c>
       <c r="J5">
         <v>4</v>
       </c>
       <c r="P5">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9">
         <v>10</v>
+      </c>
+      <c r="P9">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>