--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -574,54 +574,54 @@
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2017</v>
       </c>
       <c r="J5">
         <v>7</v>
       </c>
       <c r="K5">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="P5">
         <v>6126</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">