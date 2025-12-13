--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -711,51 +711,51 @@
       </c>
       <c r="P8">
         <v>337</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>39</v>
       </c>
       <c r="E9" t="s">
         <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9">
         <v>10</v>
       </c>
       <c r="K9">
         <v>2025</v>
       </c>
       <c r="L9">
         <v>10</v>
       </c>
       <c r="P9">
         <v>218</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>